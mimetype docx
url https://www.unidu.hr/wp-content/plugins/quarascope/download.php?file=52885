--- v0 (2025-11-05)
+++ v1 (2026-02-27)
@@ -34,197 +34,113 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6946"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="001A363D" w:rsidRPr="001B148F" w:rsidTr="00B81B6B">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A363D" w:rsidRPr="001B148F" w:rsidRDefault="001A363D" w:rsidP="001A363D">
+          <w:p w:rsidR="001A363D" w:rsidRPr="001B148F" w:rsidRDefault="00BB3D1A" w:rsidP="001A363D">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
-              <w:t>SASTAVNICA:</w:t>
-[...40 lines deleted...]
-            <w:r>
+              <w:t>ODJEL ZA ZDRAVSTVENE STUDIJE</w:t>
+            </w:r>
+            <w:r w:rsidR="001A363D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A363D" w:rsidRPr="001B148F" w:rsidRDefault="001A363D" w:rsidP="00EF681C">
+          <w:p w:rsidR="001A363D" w:rsidRPr="001B148F" w:rsidRDefault="001A363D" w:rsidP="007574C9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B148F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
               <w:t>Akademska godina</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007574C9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...45 lines deleted...]
-            </w:sdt>
+              <w:t>: 2025./2026.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A363D" w:rsidRPr="001B148F" w:rsidTr="00B81B6B">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001A363D" w:rsidRPr="001B148F" w:rsidRDefault="008E267B" w:rsidP="001A363D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
@@ -275,58 +191,58 @@
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:lang w:val="hr-HR"/>
                 </w:rPr>
                 <w:alias w:val="Ispitni rok"/>
                 <w:tag w:val="Ispitni rok"/>
                 <w:id w:val="1064066338"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1082065159"/>
                 </w:placeholder>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Zimski " w:value="Zimski "/>
                   <w:listItem w:displayText="Ljetni" w:value="Ljetni"/>
                   <w:listItem w:displayText="Jesenski" w:value="Jesenski"/>
                   <w:listItem w:displayText="Izvanredni" w:value="Izvanredni"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="006047D4">
+                <w:r w:rsidR="003C5065">
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:lang w:val="hr-HR"/>
                   </w:rPr>
-                  <w:t>Izvanredni</w:t>
+                  <w:t xml:space="preserve">Zimski </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B81B6B" w:rsidRDefault="00B81B6B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
@@ -580,670 +496,5637 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002026A1" w:rsidRPr="00E314BA" w:rsidRDefault="002026A1" w:rsidP="00767707">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E314BA">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PROSTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00571E56" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+      <w:tr w:rsidR="002026A1" w:rsidRPr="001B148F" w:rsidTr="008337A4">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00571E56" w:rsidRPr="00707E56" w:rsidRDefault="00571E56" w:rsidP="00571E56">
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="003C5065" w:rsidP="00767707">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00707E56">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
-              <w:t>IVETA VEDRANA</w:t>
+              <w:t>BABAROVIĆ VESNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00571E56" w:rsidRPr="00707E56" w:rsidRDefault="00C26354" w:rsidP="00571E56">
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="00E314BA" w:rsidP="00767707">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Sociologija zdravlja</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00571E56" w:rsidRPr="00707E56" w:rsidRDefault="00571E56" w:rsidP="00571E56">
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="00DC7ECE" w:rsidP="00767707">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00707E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00571E56" w:rsidRPr="00707E56" w:rsidRDefault="00571E56" w:rsidP="00571E56">
-[...8 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-          </w:tcPr>
-[...15 lines deleted...]
-              <w:t>24.11.</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="009C170E" w:rsidP="007134AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>11.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-          </w:tcPr>
-[...15 lines deleted...]
-              <w:t>15,00</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="009C170E" w:rsidP="007134AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>14,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005876CB" w:rsidRDefault="0071154A" w:rsidP="00B66671">
-[...17 lines deleted...]
-          <w:p w:rsidR="0071154A" w:rsidRPr="00707E56" w:rsidRDefault="0071154A" w:rsidP="00B66671">
+          <w:p w:rsidR="009C170E" w:rsidRDefault="009C170E" w:rsidP="009C170E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008337A4" w:rsidRPr="00707E56" w:rsidRDefault="009C170E" w:rsidP="009C170E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
               <w:t>Nastavni centar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C2200A" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+      <w:tr w:rsidR="002026A1" w:rsidRPr="001B148F" w:rsidTr="008337A4">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2200A" w:rsidRPr="00707E56" w:rsidRDefault="00C2200A" w:rsidP="00C2200A">
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="003C5065" w:rsidP="00767707">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00707E56">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
-              <w:t>PUZOVIĆ VELIBOR</w:t>
+              <w:t>BAKIJA IVANA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2200A" w:rsidRPr="00707E56" w:rsidRDefault="00C2200A" w:rsidP="00C2200A">
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="00E314BA" w:rsidP="00767707">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00707E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
-              <w:t>Patologija</w:t>
+              <w:t>Psihijatrija i mentalno zdravlje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2200A" w:rsidRPr="00707E56" w:rsidRDefault="00C2200A" w:rsidP="00C2200A">
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="00DC7ECE" w:rsidP="00767707">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00707E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2200A" w:rsidRPr="00707E56" w:rsidRDefault="00F07677" w:rsidP="00C2200A">
-[...14 lines deleted...]
-              <w:t>24.11.</w:t>
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="00815327" w:rsidP="007134AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>14.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2200A" w:rsidRPr="00707E56" w:rsidRDefault="00F07677" w:rsidP="00C2200A">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="002026A1" w:rsidP="007134AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2200A" w:rsidRPr="00707E56" w:rsidRDefault="00C2200A" w:rsidP="005876CB">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00815327" w:rsidRPr="00707E56" w:rsidRDefault="00815327" w:rsidP="00815327">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C2200A" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+      <w:tr w:rsidR="002026A1" w:rsidRPr="001B148F" w:rsidTr="008337A4">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2200A" w:rsidRPr="00707E56" w:rsidRDefault="00C2200A" w:rsidP="00C2200A">
-            <w:pPr>
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="003C5065" w:rsidP="00767707">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00707E56">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
+              <w:t>BARTOLEK HAMP DUBRAVKA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="00E314BA" w:rsidP="00767707">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Anesteziologija, reanimatologija i intezivno liječenje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="00DC7ECE" w:rsidP="00767707">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="007134AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002026A1" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="007134AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>18,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008337A4" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3D1A" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB3D1A" w:rsidRPr="00707E56" w:rsidRDefault="00BB3D1A" w:rsidP="00767707">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>BEKIĆ MARIJO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB3D1A" w:rsidRPr="00707E56" w:rsidRDefault="00BB3D1A" w:rsidP="00767707">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Anatomija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB3D1A" w:rsidRPr="00707E56" w:rsidRDefault="00BB3D1A" w:rsidP="00767707">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB3D1A" w:rsidRPr="00707E56" w:rsidRDefault="00815327" w:rsidP="007134AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>9.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB3D1A" w:rsidRPr="00707E56" w:rsidRDefault="00815327" w:rsidP="007134AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>13,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB3D1A" w:rsidRDefault="00815327" w:rsidP="00571E56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OBD </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00815327" w:rsidRPr="00707E56" w:rsidRDefault="00815327" w:rsidP="00571E56">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Uprava</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>BETICA RADIĆ LJILJANA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Infektologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>5.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>BOHNERT PAUL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Mikrobiologija s parazitologijom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>14.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>11,30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>BUSANČIĆ SNJEŽANA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Sigurnost pacijenta (izborni)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>5.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HRNIĆ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MARTINA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Engleski jezik I/1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Engleski jezik II/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>8,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Ekonomski fakultet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>HUDOROVIĆ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>NARCIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Osnove istraživačkog rada u sestrinstvu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>11.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>IVETA VEDRANA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Osnove zdravstvene njege (I/1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i (I/2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Zdravstvena njega odraslih I/1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Zdravstvena njega starijih osoba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>10.2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>10.2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>10.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>14,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>14,45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Ćira Carića 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Veliki amfiteatar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="576"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>JABLANOV ZORAN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Socijalno i zdravstveno zakonodavstvo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>12.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>JELČIĆ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>DŽENIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Ginekologija i porodništvo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00815327" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>7.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00815327" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>9,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00815327" w:rsidRDefault="00815327" w:rsidP="00815327">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00815327" w:rsidP="00815327">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="00901E05" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>KALAUZ SONJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Filozofija i etika u sestrinstvu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>6.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>12,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>KATUŠIĆ BAŠIĆ JADRANKA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Oftalmologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00E07837" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>12.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00E07837" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>16,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E07837" w:rsidRDefault="00E07837" w:rsidP="00E07837">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00E07837" w:rsidP="00E07837">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>KATUŠIĆ SILVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Osnove medicinske kemije i biokemije</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="00707E56">
+        <w:trPr>
+          <w:trHeight w:val="717"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>KOSOVIĆ VILMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Osnove fizike, radiologije i zaštita od zračenja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>4.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>14,30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>KRANJČEVIĆ-ŠČURIĆ MIHAELA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Osnove prevencije i kontrole infekcija povezanih sa zdravstvenom skrbi u zdravstvenoj njezi (izborni)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>13.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>16,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>LAKIĆ MATO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Higijena i epidemiologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>4.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>10,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>LOPIŽIĆ JOSIP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Psihologija boli (izborni)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Zdravstvena psihologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>9.2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>9.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>10,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>9,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>MLINARIĆ VRBICA SANJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Interna medicina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>6.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>14,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>PETKOVIĆ DRAGUTIN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Otorinolaringologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>4.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>PUZOVIĆ VELIBOR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Patologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>9.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>RADONIĆ MARIJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Pedijatrija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>12.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>14,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>SEDIĆ BISERKA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Zdravstvena njega psihijatrijskih bolesnika (I/1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>13.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>17,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>STRINIĆ DEAN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Neinvazivna i invazivna kardiovaskularna dijagnostika (izborni)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>13.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>14,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>TURUK VESNA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Zdravstvena njega majke i novorođenčeta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>13.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>16,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
               <w:t>VRBICA ŽARKO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2200A" w:rsidRDefault="00C2200A" w:rsidP="00C2200A">
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00707E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
               <w:t>Fiziologija</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C2200A" w:rsidRPr="00707E56" w:rsidRDefault="00941F1D" w:rsidP="00C2200A">
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
               <w:t>Patofiziologija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2200A" w:rsidRDefault="00941F1D" w:rsidP="00941F1D">
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00941F1D" w:rsidRPr="00707E56" w:rsidRDefault="00941F1D" w:rsidP="00941F1D">
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005876CB" w:rsidRDefault="00F07677" w:rsidP="00C2200A">
-[...32 lines deleted...]
-              <w:t>17.11.</w:t>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005876CB" w:rsidRPr="00707E56" w:rsidRDefault="00F07677" w:rsidP="00C2200A">
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="hr-HR"/>
               </w:rPr>
               <w:t>15,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2200A" w:rsidRPr="00707E56" w:rsidRDefault="00C2200A" w:rsidP="00941F1D">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>ZORANIĆ SANJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Proces zdravstvene njege (I/1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Zdravstvena njega odraslih II/1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Zdravstvena njega osoba s invaliditetom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>11.2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>9.2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>6.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>15,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00815327" w:rsidRDefault="00815327" w:rsidP="00815327">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00815327" w:rsidP="00815327">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95B0B" w:rsidRPr="001B148F" w:rsidTr="008337A4">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>ŽUPANIĆ MARA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Zdravstvena njega u kući</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707E56">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>13.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>16,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D95B0B" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>OBD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D95B0B" w:rsidRPr="00707E56" w:rsidRDefault="00D95B0B" w:rsidP="00D95B0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Nastavni centar</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002026A1" w:rsidRPr="001B148F" w:rsidRDefault="002026A1" w:rsidP="002026A1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B148F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>Datum izrade:</w:t>
       </w:r>
       <w:r w:rsidR="00941F1D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0071154A">
+      <w:r w:rsidR="00BB3D1A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t>4.11</w:t>
-[...6 lines deleted...]
-        <w:t>.2025.</w:t>
+        <w:t>16. siječnja 2026.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00625C01" w:rsidRDefault="002026A1" w:rsidP="002026A1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B148F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>Datum objave:</w:t>
       </w:r>
-      <w:r w:rsidR="0071154A">
+      <w:r w:rsidR="001E0E6F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="0071154A">
+      <w:r w:rsidR="00BB3D1A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t>4.11</w:t>
-[...6 lines deleted...]
-        <w:t>.2025.</w:t>
+        <w:t>16. siječnja 2026.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002026A1" w:rsidRPr="00625C01" w:rsidRDefault="00625C01" w:rsidP="002026A1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625C01">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>Vlastoručnim potpisom potvrđujem da su gore navedeni ispitni termini usklađeni s ispitnim rokovima, razdoblju odvijanja i broju ispitnih termina propisanim važećim Kalendarom nastave</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C01">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1317,203 +6200,178 @@
       </w:r>
       <w:r w:rsidR="00973108">
         <w:rPr>
           <w:rFonts w:ascii="Bradley Hand ITC" w:hAnsi="Bradley Hand ITC"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">doc. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC0157">
         <w:rPr>
           <w:rFonts w:ascii="Bradley Hand ITC" w:hAnsi="Bradley Hand ITC"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>dr. sc. Sanja Zorani</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC0157">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ć</w:t>
       </w:r>
-      <w:r w:rsidR="00D05D84">
-[...26 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00625C01" w:rsidRPr="00625C01" w:rsidRDefault="00625C01" w:rsidP="00625C01">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="7080"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625C01">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00625C01">
+      <w:r w:rsidR="006921B7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ime</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00625C01">
+      <w:r w:rsidR="006921B7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00625C01">
+      <w:r w:rsidR="006921B7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00625C01">
+      <w:r w:rsidR="006921B7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00625C01">
+      <w:r w:rsidR="006921B7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prezime</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00625C01">
+      <w:r w:rsidR="006921B7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00625C01">
+      <w:r w:rsidR="006921B7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>čelnika</w:t>
+        <w:t>privremene</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00625C01">
+      <w:r w:rsidR="006921B7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00625C01">
+      <w:r w:rsidR="006921B7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>sastavnice</w:t>
+        <w:t>pročelnice</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00625C01">
+      <w:r w:rsidR="006921B7">
         <w:rPr>
+          <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00625C01" w:rsidRPr="00625C01" w:rsidSect="00625C01">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="292" w:right="708" w:bottom="851" w:left="851" w:header="283" w:footer="454" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D33618" w:rsidRDefault="00D33618" w:rsidP="001C6FFA">
+    <w:p w:rsidR="003B0EFC" w:rsidRDefault="003B0EFC" w:rsidP="001C6FFA">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D33618" w:rsidRDefault="00D33618" w:rsidP="001C6FFA">
+    <w:p w:rsidR="003B0EFC" w:rsidRDefault="003B0EFC" w:rsidP="001C6FFA">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1573,141 +6431,133 @@
       <w:rPr>
         <w:i/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
         <w:lang w:val="hr-HR"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
         <w:lang w:val="hr-HR"/>
       </w:rPr>
       <w:t>020-12</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:i/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
         <w:lang w:val="hr-HR"/>
       </w:rPr>
       <w:tab/>
-    </w:r>
-[...6 lines deleted...]
-      </w:rPr>
       <w:t xml:space="preserve">Stranica </w:t>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C26354">
+    <w:r w:rsidR="006921B7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> od </w:t>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0071154A">
+    <w:r w:rsidR="006921B7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00092F55" w:rsidRPr="00FC54E3" w:rsidRDefault="00454667" w:rsidP="00DD2C1A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10348"/>
       </w:tabs>
@@ -1755,134 +6605,134 @@
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0071154A">
+    <w:r w:rsidR="006921B7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> od </w:t>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0071154A">
+    <w:r w:rsidR="006921B7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC54E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D33618" w:rsidRDefault="00D33618" w:rsidP="001C6FFA">
+    <w:p w:rsidR="003B0EFC" w:rsidRDefault="003B0EFC" w:rsidP="001C6FFA">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D33618" w:rsidRDefault="00D33618" w:rsidP="001C6FFA">
+    <w:p w:rsidR="003B0EFC" w:rsidRDefault="003B0EFC" w:rsidP="001C6FFA">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00092F55" w:rsidRDefault="00454667" w:rsidP="00DD2C1A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="2" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="-993"/>
         <w:tab w:val="right" w:pos="10348"/>
       </w:tabs>
@@ -1907,51 +6757,51 @@
       <w:tab/>
       <w:t xml:space="preserve">            </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">F05-01 – </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:sz w:val="20"/>
         <w:lang w:val="hr-HR"/>
       </w:rPr>
       <w:t>Pregled ispitnih rokova</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00092F55" w:rsidRDefault="00D33618">
+  <w:p w:rsidR="00092F55" w:rsidRDefault="003B0EFC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="hr-HR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10348" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1134"/>
       <w:gridCol w:w="7972"/>
@@ -2090,51 +6940,51 @@
               <w:szCs w:val="22"/>
               <w:lang w:val="hr-HR"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001B148F">
             <w:rPr>
               <w:szCs w:val="22"/>
               <w:lang w:val="hr-HR"/>
             </w:rPr>
             <w:t>Obrazac</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00767707" w:rsidTr="001C6FFA">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:hRule="exact" w:val="928"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1134" w:type="dxa"/>
           <w:vMerge/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00092F55" w:rsidRPr="001B148F" w:rsidRDefault="00D33618">
+        <w:p w:rsidR="00092F55" w:rsidRPr="001B148F" w:rsidRDefault="003B0EFC">
           <w:pPr>
             <w:spacing w:before="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
               <w:lang w:val="hr-HR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7972" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w:rsidR="00092F55" w:rsidRPr="001B148F" w:rsidRDefault="00454667" w:rsidP="00620570">
           <w:pPr>
             <w:spacing w:before="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
               <w:lang w:val="hr-HR"/>
             </w:rPr>
@@ -2159,239 +7009,228 @@
             <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4320"/>
               <w:tab w:val="clear" w:pos="8640"/>
             </w:tabs>
             <w:spacing w:before="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
               <w:lang w:val="hr-HR"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001B148F">
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
               <w:lang w:val="hr-HR"/>
             </w:rPr>
             <w:t>F05-01</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00620570" w:rsidRPr="006C5E4B" w:rsidRDefault="00D33618" w:rsidP="006C5E4B">
+  <w:p w:rsidR="00620570" w:rsidRPr="006C5E4B" w:rsidRDefault="003B0EFC" w:rsidP="006C5E4B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="0"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="4"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="hr-HR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002026A1"/>
     <w:rsid w:val="00050EDF"/>
     <w:rsid w:val="00056CEF"/>
-    <w:rsid w:val="00072AAF"/>
-    <w:rsid w:val="00097AA3"/>
     <w:rsid w:val="000D32E6"/>
-    <w:rsid w:val="00100900"/>
     <w:rsid w:val="00194FFE"/>
     <w:rsid w:val="001A363D"/>
     <w:rsid w:val="001A7542"/>
     <w:rsid w:val="001B6AE6"/>
     <w:rsid w:val="001C6FFA"/>
     <w:rsid w:val="001E0E6F"/>
     <w:rsid w:val="002026A1"/>
     <w:rsid w:val="00202924"/>
     <w:rsid w:val="00207B2E"/>
     <w:rsid w:val="00222B03"/>
     <w:rsid w:val="00235863"/>
+    <w:rsid w:val="002A1443"/>
     <w:rsid w:val="002B1645"/>
     <w:rsid w:val="002B7A09"/>
-    <w:rsid w:val="002E231E"/>
     <w:rsid w:val="00300264"/>
     <w:rsid w:val="00344903"/>
-    <w:rsid w:val="00352411"/>
     <w:rsid w:val="00370A4E"/>
+    <w:rsid w:val="003B0EFC"/>
     <w:rsid w:val="003B19E8"/>
     <w:rsid w:val="003C5065"/>
     <w:rsid w:val="003E011D"/>
-    <w:rsid w:val="003E70A5"/>
+    <w:rsid w:val="003E2287"/>
     <w:rsid w:val="00454667"/>
+    <w:rsid w:val="00462177"/>
     <w:rsid w:val="004B03CA"/>
     <w:rsid w:val="004E129A"/>
     <w:rsid w:val="0053064A"/>
     <w:rsid w:val="00571E56"/>
     <w:rsid w:val="00582B35"/>
-    <w:rsid w:val="005876CB"/>
-    <w:rsid w:val="005B2334"/>
     <w:rsid w:val="006001DA"/>
-    <w:rsid w:val="006047D4"/>
     <w:rsid w:val="00610FBD"/>
     <w:rsid w:val="00625C01"/>
     <w:rsid w:val="00627173"/>
     <w:rsid w:val="00652759"/>
     <w:rsid w:val="006754E3"/>
-    <w:rsid w:val="0069001E"/>
+    <w:rsid w:val="006921B7"/>
     <w:rsid w:val="006B1E18"/>
-    <w:rsid w:val="006B4FA8"/>
     <w:rsid w:val="0070520F"/>
     <w:rsid w:val="00707E56"/>
     <w:rsid w:val="00710B9D"/>
-    <w:rsid w:val="0071154A"/>
     <w:rsid w:val="00712D3A"/>
     <w:rsid w:val="007134AA"/>
     <w:rsid w:val="0071583E"/>
     <w:rsid w:val="007233B6"/>
     <w:rsid w:val="00743041"/>
-    <w:rsid w:val="00743203"/>
+    <w:rsid w:val="007574C9"/>
     <w:rsid w:val="0078557D"/>
     <w:rsid w:val="007B7E58"/>
     <w:rsid w:val="007C37F5"/>
-    <w:rsid w:val="007E1443"/>
     <w:rsid w:val="00805B88"/>
+    <w:rsid w:val="00815327"/>
     <w:rsid w:val="008337A4"/>
     <w:rsid w:val="008735F6"/>
     <w:rsid w:val="008C5DF0"/>
     <w:rsid w:val="008D42A2"/>
     <w:rsid w:val="008D4F69"/>
     <w:rsid w:val="008E267B"/>
-    <w:rsid w:val="009003A7"/>
     <w:rsid w:val="00901E05"/>
     <w:rsid w:val="00921CC1"/>
     <w:rsid w:val="00941F1D"/>
     <w:rsid w:val="00973108"/>
+    <w:rsid w:val="009C170E"/>
     <w:rsid w:val="009E40FD"/>
     <w:rsid w:val="00A13F93"/>
     <w:rsid w:val="00A208A6"/>
-    <w:rsid w:val="00A313E1"/>
     <w:rsid w:val="00A4285A"/>
     <w:rsid w:val="00A55655"/>
     <w:rsid w:val="00A573A9"/>
     <w:rsid w:val="00A64EB1"/>
     <w:rsid w:val="00A94DD7"/>
-    <w:rsid w:val="00AA3D5F"/>
     <w:rsid w:val="00AA7795"/>
     <w:rsid w:val="00AA7D65"/>
     <w:rsid w:val="00AB23E9"/>
     <w:rsid w:val="00AD2DF3"/>
     <w:rsid w:val="00AE031D"/>
     <w:rsid w:val="00AF36DD"/>
     <w:rsid w:val="00B35BA3"/>
-    <w:rsid w:val="00B4688A"/>
     <w:rsid w:val="00B66671"/>
     <w:rsid w:val="00B81B6B"/>
+    <w:rsid w:val="00BB3D1A"/>
     <w:rsid w:val="00C2200A"/>
-    <w:rsid w:val="00C26354"/>
     <w:rsid w:val="00C277C2"/>
     <w:rsid w:val="00C43F5C"/>
     <w:rsid w:val="00C77B44"/>
     <w:rsid w:val="00C879E9"/>
     <w:rsid w:val="00CC0157"/>
     <w:rsid w:val="00CC34AD"/>
     <w:rsid w:val="00CC4AD8"/>
     <w:rsid w:val="00CF2FA2"/>
-    <w:rsid w:val="00D05D84"/>
-    <w:rsid w:val="00D33618"/>
     <w:rsid w:val="00D351A9"/>
     <w:rsid w:val="00D70750"/>
     <w:rsid w:val="00D762C0"/>
     <w:rsid w:val="00D854B2"/>
+    <w:rsid w:val="00D95B0B"/>
+    <w:rsid w:val="00DA1F22"/>
     <w:rsid w:val="00DC7ECE"/>
+    <w:rsid w:val="00E07837"/>
     <w:rsid w:val="00E12631"/>
     <w:rsid w:val="00E314BA"/>
     <w:rsid w:val="00ED2573"/>
     <w:rsid w:val="00EF681C"/>
-    <w:rsid w:val="00F07677"/>
+    <w:rsid w:val="00F26C27"/>
     <w:rsid w:val="00F41520"/>
     <w:rsid w:val="00F428C1"/>
-    <w:rsid w:val="00F724EF"/>
-    <w:rsid w:val="00F80F97"/>
     <w:rsid w:val="00F83782"/>
     <w:rsid w:val="00F878BC"/>
     <w:rsid w:val="00FE4A06"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4A35E148"/>
+  <w14:docId w14:val="1A1CF319"/>
   <w15:docId w15:val="{39AB6F4C-C990-4AC3-8ADC-12CF5CE746E7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2949,79 +7788,50 @@
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1082065159"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C3BE69A8-F106-4920-95A3-287975DC2A9A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003B0D12" w:rsidRDefault="00401AB8">
           <w:r w:rsidRPr="00C7660A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...27 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3055,90 +7865,84 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0" w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00401AB8"/>
     <w:rsid w:val="000831CF"/>
     <w:rsid w:val="000D75CF"/>
     <w:rsid w:val="00135EF7"/>
+    <w:rsid w:val="0021507F"/>
     <w:rsid w:val="00253917"/>
     <w:rsid w:val="00255E86"/>
     <w:rsid w:val="002616D8"/>
+    <w:rsid w:val="003262E4"/>
     <w:rsid w:val="00350A29"/>
+    <w:rsid w:val="003512EE"/>
     <w:rsid w:val="003B0D12"/>
     <w:rsid w:val="003D1522"/>
     <w:rsid w:val="003D20C3"/>
     <w:rsid w:val="00401AB8"/>
-    <w:rsid w:val="00426255"/>
     <w:rsid w:val="00502056"/>
     <w:rsid w:val="00531AEA"/>
-    <w:rsid w:val="0059682A"/>
-    <w:rsid w:val="00597E9D"/>
+    <w:rsid w:val="005B236D"/>
     <w:rsid w:val="005E74ED"/>
     <w:rsid w:val="006564AD"/>
     <w:rsid w:val="006F6E94"/>
-    <w:rsid w:val="00716D5F"/>
     <w:rsid w:val="007257CD"/>
     <w:rsid w:val="007C33B7"/>
     <w:rsid w:val="007E07A3"/>
     <w:rsid w:val="008D1C8C"/>
     <w:rsid w:val="008E2E3F"/>
     <w:rsid w:val="00991548"/>
     <w:rsid w:val="00A06D2D"/>
     <w:rsid w:val="00A16771"/>
-    <w:rsid w:val="00A25859"/>
     <w:rsid w:val="00A611F7"/>
     <w:rsid w:val="00A7614A"/>
     <w:rsid w:val="00A97384"/>
-    <w:rsid w:val="00B146B0"/>
     <w:rsid w:val="00B64EE3"/>
-    <w:rsid w:val="00B75C08"/>
     <w:rsid w:val="00BF177E"/>
-    <w:rsid w:val="00C0719E"/>
-    <w:rsid w:val="00C8460A"/>
     <w:rsid w:val="00CE59DF"/>
     <w:rsid w:val="00D446FA"/>
     <w:rsid w:val="00DD2580"/>
     <w:rsid w:val="00E74F81"/>
-    <w:rsid w:val="00FD34DA"/>
     <w:rsid w:val="00FE214A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
@@ -3868,78 +8672,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB42DCBA-DE57-44D4-AD86-FF9B2820A14D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41FFF603-3DE9-4757-9485-6759520B9836}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>837</Characters>
+  <Pages>2</Pages>
+  <Words>512</Words>
+  <Characters>2919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>982</CharactersWithSpaces>
+  <CharactersWithSpaces>3425</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Korisnik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>